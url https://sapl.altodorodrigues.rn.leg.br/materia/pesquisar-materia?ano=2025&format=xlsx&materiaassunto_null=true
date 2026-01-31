--- v0 (2025-12-12)
+++ v1 (2026-01-31)
@@ -10,110 +10,182 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="47">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
     <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_no_010-2025-_festa_dos_padroeiros_das_comunidades.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa “Viva Nossa Senhora das Graças” no Distrito de Gajé, no Município de Alto do Rodrigues, e dá outras providências.</t>
   </si>
   <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>1</t>
   </si>
   <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Jocitan Ribeiro, Kivia Karoline, Toinho Olegário, Zé de Zeca, Zé Pedro</t>
+  </si>
+  <si>
+    <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_001-2025_-_solicitacao_de_realizacao_da_eleicao_para_o_2_bienio__2027-2028..pdf</t>
+  </si>
+  <si>
+    <t>Requeiro na forma regimental que seja solicitado a realização da Eleição para o 2° Biênio – 2027/2028, conforme o Art. 15, do Regimento Interno da Câmara Municipal de Alto do Rodrigues/RN.</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Kivia Karoline</t>
+  </si>
+  <si>
+    <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_002-2025_-__kivia_karoline_-solicita_a__a_inclusao_social_no_ambiente_escolar_e_a_atualizacao_da_qualificacao_dos_profissionais_da_educacao_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro na forma regimental que depois de discutido e ouvido em Plenário, seja solicitado ao Poder Executivo juntamente a Sec. de Educação e Desporto, à inclusão social no ambiente escolar e a atualização da qualificação dos profissionais da educação do município para atender de forma eficaz e humanizada a diversidade dos alunos.</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Zé de Zeca</t>
+  </si>
+  <si>
+    <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_no_003-2025_-_ze_de_zeca_-_solicita__a_pavimentacao_das_estradas_vicinais_da_comunidade_de_barrocas..pdf</t>
+  </si>
+  <si>
+    <t>Requeiro na forma regimental que depois de discutido e ouvido em Plenário, seja solicitado ao Poder Executivo juntamente a Secretaria Municipal de Obras e Infraestrutura, a pavimentação das estradas vicinais da comunidade de Barrocas. Reforçando os Requerimentos de nº 087/2021, e 125/2021 já aprovados de sua autoria.</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Richard Magela, Kivia Karoline</t>
+  </si>
+  <si>
+    <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_no_004-2025_-_richard_e_kivia_-_solicitando_a_instalacao_de_um_sistema_de_monitoramento_por_cameras_nos_principais_pontos_e_areas_de_fluxo_da_cidade..pdf</t>
+  </si>
+  <si>
+    <t>Os vereadores Richard Magela e Kivia Karoline, no uso de suas atribuições legais e regimentais, vem respeitosamente requerer a esta Casa Legislativa que, depois de discutido e ouvido em Plenário, seja encaminhado ao Poder Executivo Municipal o presente requerimento, solicitando a instalação de um sistema de monitoramento por câmeras nos principais pontos e áreas de fluxo da cidade.</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Neguinho de Sítio São Jose</t>
+  </si>
+  <si>
+    <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/7/requerimento_no_005-2025_-_neguinho_de_sao_jose_-_seja_solicitado_ao_poder_executivo_a_abertura_de_uma_casa_de_apoio_as_criancas_com_espectro_autista_na_comunidade_de_sao_jose..pdf</t>
+  </si>
+  <si>
+    <t>Requeiro na forma regimental que depois de discutido e ouvido em Plenário, seja solicitado ao Poder Executivo a abertura de uma casa de apoio às crianças com espectro autista na comunidade de São José.</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Toinho Olegário</t>
+  </si>
+  <si>
+    <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento_no_006-2025_-_toinho_olegario_-_seja_solicitado_ao_poder_executivo_a_locacao_de_um_carro-bau_para_realizar_mudancas_destinadas_a_pessoas_carentes_do_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Requeiro na forma regimental que depois de discutido e ouvido em Plenário, seja solicitado ao Poder Executivo, a locação de um carro-baú para realizar mudanças destinadas a pessoas carentes do município.</t>
+  </si>
+  <si>
     <t>275</t>
-  </si>
-[...4 lines deleted...]
-    <t>Requerimento</t>
   </si>
   <si>
     <t>Arlani Silva</t>
   </si>
   <si>
     <t>https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_275-2025_-__arlani_-_solicitacao_para_a_criacao_de_espacos_sensoriais_nas_pracas_publicas_do_municipio.docx</t>
   </si>
   <si>
     <t>Nos termos do Regimento Interno desta Casa Legislativa e, após apreciação pelo Plenário, requeiro que seja encaminhado ao Poder Executivo Municipal, a solicitação para a criação de espaços sensoriais nas praças públicas do município, com o objetivo de promover a inclusão social, estimular o desenvolvimento sensorial e proporcionar momentos de interação e bem-estar para todos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -426,68 +498,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_no_010-2025-_festa_dos_padroeiros_das_comunidades.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_275-2025_-__arlani_-_solicitacao_para_a_criacao_de_espacos_sensoriais_nas_pracas_publicas_do_municipio.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_no_010-2025-_festa_dos_padroeiros_das_comunidades.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_001-2025_-_solicitacao_de_realizacao_da_eleicao_para_o_2_bienio__2027-2028..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_002-2025_-__kivia_karoline_-solicita_a__a_inclusao_social_no_ambiente_escolar_e_a_atualizacao_da_qualificacao_dos_profissionais_da_educacao_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_no_003-2025_-_ze_de_zeca_-_solicita__a_pavimentacao_das_estradas_vicinais_da_comunidade_de_barrocas..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_no_004-2025_-_richard_e_kivia_-_solicitando_a_instalacao_de_um_sistema_de_monitoramento_por_cameras_nos_principais_pontos_e_areas_de_fluxo_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/7/requerimento_no_005-2025_-_neguinho_de_sao_jose_-_seja_solicitado_ao_poder_executivo_a_abertura_de_uma_casa_de_apoio_as_criancas_com_espectro_autista_na_comunidade_de_sao_jose..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento_no_006-2025_-_toinho_olegario_-_seja_solicitado_ao_poder_executivo_a_locacao_de_um_carro-bau_para_realizar_mudancas_destinadas_a_pessoas_carentes_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.altodorodrigues.rn.leg.br/media/sapl/public/materialegislativa/2025/1/requerimento_no_275-2025_-__arlani_-_solicitacao_para_a_criacao_de_espacos_sensoriais_nas_pracas_publicas_do_municipio.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="2.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="192.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="61.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="253.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -525,54 +597,216 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9" t="s">
+        <v>46</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>